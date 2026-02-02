--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -193,51 +193,51 @@
   <si>
     <t>ODUNPAZARI</t>
   </si>
   <si>
     <t>ESKİŞEHİR</t>
   </si>
   <si>
     <t>2222201726</t>
   </si>
   <si>
     <t>2222304102</t>
   </si>
   <si>
     <t>http://www.eskymmoda.org.tr</t>
   </si>
   <si>
     <t>eskisehirymm@turmob.org.tr</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GAZİANTEP YMMO</t>
   </si>
   <si>
-    <t>MEHMET TEKİN ALPAY</t>
+    <t>HASAN AKTAŞ</t>
   </si>
   <si>
     <t>İNCİLİPINAR MH. 4 NOLU CAD. KAZAZ İŞM.B BLOK K:4 N:2-3/</t>
   </si>
   <si>
     <t>ŞEHİTKAMİL</t>
   </si>
   <si>
     <t>GAZİANTEP</t>
   </si>
   <si>
     <t>3422204380</t>
   </si>
   <si>
     <t>3422300666</t>
   </si>
   <si>
     <t>http://www.gaziantep.ymmo.org.tr/</t>
   </si>
   <si>
     <t>gymmo@hotmail.com</t>
   </si>
   <si>
     <t>7</t>
   </si>